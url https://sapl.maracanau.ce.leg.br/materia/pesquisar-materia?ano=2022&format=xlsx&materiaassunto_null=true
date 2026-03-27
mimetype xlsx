--- v0 (2025-12-24)
+++ v1 (2026-03-27)
@@ -54,480 +54,480 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Roberto Soares Pessoa</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/47/pl_035-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/47/pl_035-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Nº 1,875, de 29 de Junho de 2012, que Dispõe sobre o Funcionamento da Procuradoria Geral do Município de Maracanaú, na forma que especifica.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/50/pl_039-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/50/pl_039-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n. 1.929, de 26 de dezembro de 2012, que institui o Regime Próprio de Previdência Social do Município de Maracanaú e dá outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/51/pl_040-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/51/pl_040-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no Município de Maracanaú, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o artigo 40 da Constituição Federal, autoriza à adesão ao plano de benefícios de previdência complementar, e dá outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/2/pl_001-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/2/pl_001-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Nº 3020, de 10 de Março de 2021, que autoriza o Chefe do Poder Executivo a conceder direito real de uso ao imóvel urbano que indica e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/3/pl_002-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/3/pl_002-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a ceder a posse através de termo de concessão de direito real uso ao imóvel urbano que indica e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/4/pl_003-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/4/pl_003-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a contribuir mensalmente com a associação dos Municípios e prefeitos do Estado do Ceará - APRECE, e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/5/pl_004-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/5/pl_004-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do piso remuneratório do servidor público não integrante de plano de cargo, carreira e remuneração, do cargo de provimento em comissão, simbologia FA-IV e do pessoal contratado por tempo determinado para atender as necessidades temporárias de excepcional interesse público a vigorar a partir de 1º de janeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/6/pl_005-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/6/pl_005-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Auxílio Financeiro Tecnológico, destinado aos instrutores e intérpretes de libras, professores da rede pública de ensino e aos membros do núcleo gestor das escolas da rede municipal de ensino no Município de Maracanaú, em decorrência da pandemia causada pelo coronavírus (covid-19), e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/7/pl_006-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/7/pl_006-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a conceder Abono Extraordinário Covid-19 destinado aos profissionais da saúde, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/8/pl_007-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/8/pl_007-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Promoção da Igualdade Racial no âmbito do Município de Maracanaú, e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/9/pl_008-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/9/pl_008-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 3.111, de 14 de dezembro de 2021, que alterou as Leis n. 510, de 03 de julho de 1996 e 1.117, de 06 de julho de 2006, que denomina nomes de ruas no Município de Maracanaú, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/10/pl_009-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/10/pl_009-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação organizacional do Poder Executivo do Município de Maracanaú, para atender às alterações estruturais da administração pública de que trata a presente lei, e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/11/pl_010-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/11/pl_010-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização, ao Poder Executivo Municipal, para abertura de crédito adicional especial ao vigente orçamento do Município, para o fim que indica.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/12/pl_011-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/12/pl_011-2022_executivo.pdf</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/14/pl_012-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/14/pl_012-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Consolida a Lei n. 2.447, de 03 de dezembro de 2015, que autoriza o Chefe do Poder Executivo a promover ações para criação, instalação e funcionamento de conselhos escolares, modifica a Lei n. 2.517, de 16 de maio de 2016, que altera o Programa de Autonomia Escolar - PAE, e adota outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/16/pl_013-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/16/pl_013-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Reconhece dívida do Município de Maracanaú com o Conselho Regional de Farmácia do Ceará e convalida as respectivas despesas efetuadas referentes a esta dívida na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a antecipação do pagamento do terço de férias aos profissionais da educação, e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/18/pl_015-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/18/pl_015-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n. 3.060, de 01 de setembro de 2021, que autoriza o Chefe do Poder Executivo a conceder direito real de uso ao imóvel urbano que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/20/pl_016-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/20/pl_016-2022_executivo.pdf</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/21/pl_017-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/21/pl_017-2022_executivo.pdf</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/22/pl_018-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/22/pl_018-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Grupo Ocupacional do Magistério, e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/25/pl_019-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/25/pl_019-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Concede reajuste ao vencimento básico dos servidores públicos do Município de Maracanaú, nos termos do art. 37, x parte final, da Constituição Federal, na forma que especifica, e adota outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Consolida normas para nomeação e exoneração dos membros do Núcleo Gestor das Escolas Municipais de Maracanaú, e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/29/pl_021-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/29/pl_021-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização, ao Poder Executivo Municipal, para abertura de crédito adicional especial ao vigente orçamento do município, para o fim que indica.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/31/pl_022-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/31/pl_022-2022_executivo.pdf</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/32/pl_023-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/32/pl_023-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 2.719, de 27 de abril de 2018, que dispõe sobre a criação do Conselho da Mulher e do Fundo Municipal dos Direitos da Mulher, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/34/pl_024-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/34/pl_024-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Maracanaú, através da Secretaria de Infraestrutura, Mobilidade e Desenvolvimento Urbano, a instituir o Programa Sinalizar para Educar, dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/36/pl_025-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/36/pl_025-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.862, de 15 de junho de 2012, que dispõe sobre contratação temporária para atender a necessidade temporária de excepcional interesse público da administração pública, na forma que indica.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/38/pl_027-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/38/pl_027-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei n. 1.086, de 07 de abril de 2006, que assegura às servidoras públicas municipais, mães de deficientes físico ou mental, o direito de afastamento do exercício funcional pelo período de até 02 (duas) horas diárias.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/39/pl_028-2022_executivo.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/40/pl_029-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/39/pl_028-2022_executivo.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/40/pl_029-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Escola Municipal de Educação Infantil e Ensino Fundamental Construindo o Saber para Escola Municipal de Educação Infantil e Ensino Fundamental Construindo Saber Maria Isis Menezes Andrade, e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/41/pl_030-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/41/pl_030-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei n. 3.147, de 22 de fevereiro de 2022, que consolida normas para a nomeação e exoneração do núcleo gestor das escolas municipais de Maracanaú, e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/42/pl_031-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/42/pl_031-2022_executivo.pdf</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/43/pl_032-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/43/pl_032-2022_executivo.pdf</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/44/pl_033-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/44/pl_033-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.808, de 09 de fevereiro de 2012, que consolidou a legislação tributária do Município de Maracanaú, e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/45/pl_034-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/45/pl_034-2022_executivo.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/46/pl_035-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/46/pl_035-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Institui auxílio financeiro para agentes públicos das diversas pastas orçamentárias do Município de Maracanaú nos termos que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/48/pl_037-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/48/pl_037-2022_executivo.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/49/pl_038-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/49/pl_038-2022_executivo.pdf</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/52/pl_041-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/52/pl_041-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a convalidação de despesas efetuadas com compensação pecuniária prevista na Lei Municipal nº 2.929, de 29 de abril de 2020.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/53/pl_042-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/53/pl_042-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o Minidistrito Industrial do Horto no imóvel que indica e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/54/pl_043-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/54/pl_043-2022_executivo.pdf</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/55/pl_044-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/55/pl_044-2022_executivo.pdf</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/56/pl_045-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/56/pl_045-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Autonomia Financeira das Unidades de Saúde vinculadas à Secretaria Municipal de Saúde de Maracanaú, autoriza ao Chefe do Poder Executivo Municipal a promover as ações para criação, instalação e funcionamento de Conselhos de Autonomia das Unidades de Saúde, e adota outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/57/pl_046-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/57/pl_046-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Gestão e Autonomia Financeira das Unidades de Atendimento vinculadas à Secretaria de Assistência Social e Cidadania de Maracanaú, autoriza ao Chefe do Poder Executivo Municipal a promover as ações para criação, instalação e funcionamento de Conselhos Gestores para Autonomia das Unidades de Atendimento, e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/58/pl_047-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/58/pl_047-2022_executivo.pdf</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/59/pl_048-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/59/pl_048-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Modifica as disposições finais e transitórias da Lei n. 2.567, de 29 de dezembro de 2016, que estabelece o Plano de Cargos, Carreira e Remuneração - PCCR do Grupo Ocupacional dos Profissionais do Magistério da Prefeitura de Maracanaú, modificando o art. 35-A e §§ 1º, 2º e 3º, criado pela Lei n. 3.075 de 20 de outubro de 2021, na forma e para fim que especifica.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/60/pl_049-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/60/pl_049-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/61/pl_050-2022_executivo.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/61/pl_050-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal do Trabalho de Maracanaú - COMUT, e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Altera a Lei Nº 3.147, de 22 de fevereiro de 2022, que consolida normas para nomeação e exoneração dos membros do núcleo gestor das escolas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar operação de crédito com a caixa econômica federal na forma que especifica.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Dispõe sobre autorização, ao poder executivo municipal, para abertura de crédito adicional especial ao vigente orçamento do município, para o fim que indica. secretaria de educação.</t>
   </si>
   <si>
     <t>67</t>
   </si>
@@ -588,129 +588,129 @@
   <si>
     <t>390</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Romualdo Bezerra</t>
   </si>
   <si>
     <t>Cria um Copo de café</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Manoel Correia</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/13/req_0001-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/13/req_0001-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado ofício ao Chefe do Poder Executivo, requerendo celeridade para a contratação de outro vigilante para o Centro de Convivência Social, no Bairro Timbó, neste Município.</t>
   </si>
   <si>
     <t>Inspetor Moraes</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/15/req_0002-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/15/req_0002-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo e a Secretária de Segurança Urbana uma dupla de Guardas Municipais nos Postos de Saúde situados em Bairros Críticos neste município</t>
   </si>
   <si>
     <t>Pedro Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/19/req_0003-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/19/req_0003-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo e Secretaria de Infraestrutura, para que seja feito reparo e instalação de novos postes de iluminação no Cemitério da Colônia Antônio Justa, localizado na Rua Geraldo Neris de Souza, n. 649 neste Município.</t>
   </si>
   <si>
     <t>Aline do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/23/req_0004-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/23/req_0004-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado ofício ao Chefe do Poder Executivo, reiterando o Requerimento de n. 108/2021 que solicita junto ao órgão competente, a construção de uma praça com academia popular, pista de skate, campo de futebol society e espaço para crianças, no terreno localizado no Loteamento Cleide Pinheiro, na Rua Tancredo Neves esquina com Rua Zacarias Brasil, em frente ao Depósito o Braga, no Bairro Piçarreira, no Distrito de Pajuçara, neste município.</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/24/req_0005-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/24/req_0005-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal de Maracanaú e ao Secretário de Infraestrutura, o recapeamento asfáltico da Rua Karl Marx, no Bairro Pajuçara.</t>
   </si>
   <si>
     <t>Berim</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/26/req_0006-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/26/req_0006-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo e Secretaria de Infraestrutura, para que seja encaminhada equipe técnica da Seinfra às Ruas S, T e K na Vila Buriti, neste município.</t>
   </si>
   <si>
     <t>Demir Peixoto</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/28/req_0007-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/28/req_0007-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado ofício ao Chefe do Poder Executivo, solicitando o recapeamento asfáltico e a sinalização vertical e horizontal da Travessa Ouro Preto, no Bairro Coqueiral, neste município.</t>
   </si>
   <si>
     <t>Jeorgenes Castro</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/30/req_0008-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/30/req_0008-2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhado ofício ao Chefe do Poder Executivo, requerendo celeridade para a contratação de outro vigilante para o Centro de Convivência Social, no Bairro Timbó, neste município.</t>
   </si>
   <si>
     <t>Edízio Moreira</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/33/req_0009-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/33/req_0009-2022.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da pavimentação asfáltica das Ruas Cento e Dois e Cento e Dois a e da Avenida Central, no Acaracuzinho, em Maracanaú.</t>
   </si>
   <si>
     <t>Léo Sales</t>
   </si>
   <si>
-    <t>https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/35/req_0010-2022.pdf</t>
+    <t>http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/35/req_0010-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo junto a Secretaria de Esporte, a intermediação com o Governo do Estado, a possibilidade de implantar nos Bairros de Maracanaú o Projeto Virando o Jogo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1017,68 +1017,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/47/pl_035-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/50/pl_039-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/51/pl_040-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/2/pl_001-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/3/pl_002-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/4/pl_003-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/5/pl_004-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/6/pl_005-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/7/pl_006-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/8/pl_007-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/9/pl_008-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/10/pl_009-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/11/pl_010-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/12/pl_011-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/14/pl_012-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/16/pl_013-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/18/pl_015-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/20/pl_016-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/21/pl_017-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/22/pl_018-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/25/pl_019-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/29/pl_021-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/31/pl_022-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/32/pl_023-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/34/pl_024-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/36/pl_025-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/38/pl_027-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/39/pl_028-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/40/pl_029-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/41/pl_030-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/42/pl_031-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/43/pl_032-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/44/pl_033-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/45/pl_034-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/46/pl_035-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/48/pl_037-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/49/pl_038-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/52/pl_041-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/53/pl_042-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/54/pl_043-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/55/pl_044-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/56/pl_045-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/57/pl_046-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/58/pl_047-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/59/pl_048-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/60/pl_049-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/61/pl_050-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/13/req_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/15/req_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/19/req_0003-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/23/req_0004-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/24/req_0005-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/26/req_0006-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/28/req_0007-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/30/req_0008-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/33/req_0009-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/35/req_0010-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/47/pl_035-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/50/pl_039-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/51/pl_040-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/2/pl_001-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/3/pl_002-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/4/pl_003-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/5/pl_004-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/6/pl_005-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/7/pl_006-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/8/pl_007-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/9/pl_008-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/10/pl_009-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/11/pl_010-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/12/pl_011-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/14/pl_012-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/16/pl_013-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/18/pl_015-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/20/pl_016-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/21/pl_017-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/22/pl_018-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/25/pl_019-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/29/pl_021-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/31/pl_022-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/32/pl_023-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/34/pl_024-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/36/pl_025-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/38/pl_027-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/39/pl_028-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/40/pl_029-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/41/pl_030-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/42/pl_031-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/43/pl_032-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/44/pl_033-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/45/pl_034-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/46/pl_035-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/48/pl_037-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/49/pl_038-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/52/pl_041-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/53/pl_042-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/54/pl_043-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/55/pl_044-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/56/pl_045-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/57/pl_046-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/58/pl_047-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/59/pl_048-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/60/pl_049-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/61/pl_050-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/13/req_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/15/req_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/19/req_0003-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/23/req_0004-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/24/req_0005-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/26/req_0006-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/28/req_0007-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/30/req_0008-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/33/req_0009-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.maracanau.ce.leg.br/media/sapl/public/materialegislativa/2022/35/req_0010-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>